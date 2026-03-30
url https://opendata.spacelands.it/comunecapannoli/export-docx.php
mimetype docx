--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -24,328 +24,328 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:t>Report Statistiche Open Data</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Comune di Capannoli</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Generato il: 13/02/2026 01:46</w:t>
+        <w:t>Generato il: 30/03/2026 23:17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <!-- Sezione Riepilogo -->
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Riepilogo Generale</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Visite Home Page:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> 79</w:t>
+        <w:t xml:space="preserve"> 122</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Visualizzazioni Landing Pages:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> 137</w:t>
+        <w:t xml:space="preserve"> 194</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Download Totali:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> 64</w:t>
+        <w:t xml:space="preserve"> 84</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Ultimo Aggiornamento:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> 12/02/2026 11:51</w:t>
+        <w:t xml:space="preserve"> 30/03/2026 17:28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <!-- Sezione Visualizzazioni Landing Pages -->
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Numero Visualizzazioni per Dataset</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1. Verde Pubblico:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> 20 visualizzazioni</w:t>
+        <w:t xml:space="preserve"> 30 visualizzazioni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2. Zonizzazione Regolamento Urbanistico:</w:t>
       </w:r>
       <w:r>
+        <w:t xml:space="preserve"> 23 visualizzazioni</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>3. CTR e Database Topografico:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 18 visualizzazioni</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>4. Vincoli Paesaggistici:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 16 visualizzazioni</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>5. Attività Geolocalizzate:</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> 15 visualizzazioni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>3. Attività Geolocalizzate:</w:t>
-[...10 lines deleted...]
-        <w:t>4. Vincoli Tecnici:</w:t>
+        <w:t>6. Vincoli Tecnici:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 11 visualizzazioni</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>7. Unità Volumetriche:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 11 visualizzazioni</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>8. Territorio Urbanizzato:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 11 visualizzazioni</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>9. Cimiteri:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 10 visualizzazioni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>5. CTR e Database Topografico:</w:t>
-[...21 lines deleted...]
-        <w:t>7. Cimiteri:</w:t>
+        <w:t>10. Tessuti Urbani e Rurali:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 10 visualizzazioni</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>11. Numerazione Civica:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 8 visualizzazioni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>8. Unità Volumetriche:</w:t>
+        <w:t>12. Comparti e Aree di Trasformazione:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 8 visualizzazioni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>9. Territorio Urbanizzato:</w:t>
-[...21 lines deleted...]
-        <w:t>11. Stradario Comunale:</w:t>
+        <w:t>13. Stradario Comunale:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 6 visualizzazioni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>12. Tessuti Urbani e Rurali:</w:t>
-[...10 lines deleted...]
-        <w:t>13. Targhe Via:</w:t>
+        <w:t>14. Uso del Suolo 2023:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 5 visualizzazioni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>14. Numerazione Civica:</w:t>
+        <w:t>15. Targhe Via:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 5 visualizzazioni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>15. Uso del Suolo 2023:</w:t>
+        <w:t>16. MapFlow Database:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 4 visualizzazioni</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>17. Uso del Suolo 2021:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 3 visualizzazioni</w:t>
-      </w:r>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 1 visualizzazioni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <!-- Sezione Download -->
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Numero Download per File</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
@@ -354,348 +354,392 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1. Vincoli Tecnici Xml Main:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 8 download</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2. Verde Pubblico Xml Main:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 8 download</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>3. Verde Pubblico Capannoli Var5 2023 1 Xml:</w:t>
+        <w:t>3. Zonizzazione Ru Xml Main:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 5 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>4. Zonizzazione Ru Gpkg Main:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 5 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>5. Verde Pubblico Gpkg Main:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 5 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>6. Zonizzazione Ru Xml Ru:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 4 download</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>4. Zonizzazione Ru Xml Main:</w:t>
+        <w:t>7. Verde Pubblico Capannoli Var5 2023 1 Xml:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 4 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>8. Verde Pubblico Capannoli Var5 2023 1 Gpkg:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 3 download</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>5. Verde Pubblico Capannoli Var5 2023 1 Gpkg:</w:t>
+        <w:t>9. Database Topografico Xml Main:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 3 download</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>6. Comparti E Aree Di Trasformazione Xml Main:</w:t>
+        <w:t>10. Vincoli Paesaggistici Xml Main:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 3 download</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>7. Verde Pubblico Gpkg Main:</w:t>
+        <w:t>11. Comparti E Aree Di Trasformazione Xml Main:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 3 download</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>8. Ru Capannoli Var5 2023 1 Gpkg:</w:t>
-[...241 lines deleted...]
-        <w:t>30. Aree Verdi Gpkg:</w:t>
+        <w:t>12. Ru Capannoli Var5 2023 1 Gpkg:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>13. Zonizzazione RU Xml:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>14. Tessuti Urbani E Rurali Capannoli Var5 2023 1 Xml:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>15. Uso Del Suolo 2021 Xml Main:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>16. Attivita Geolocalizzate Xml Main:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>17. Tessuti Urbani E Rurali Gpkg Main:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>18. Unita Volumetriche Xml Main:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>19. Verde Pubblico Xml:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>20. Territorio Urbanizzato Gpkg Main:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>21. Database Topografico Gpkg Main:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>22. UCS23 Gpkg:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 1 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>23. Uso Del Suolo Capannoli Var5 2023 1 Xml:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 1 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>24. Cimiteri Capannoli Var5 2023 1 Xml:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 1 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>25. Cimiteri Gpkg:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 1 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>26. Comparti E Aree Di Trasformazione Capannoli Var5 2023 1 Xml:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 1 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>27. Attivita Geolocalizzate Gpkg Main:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 1 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>28. Capannoli Attivita Geolocalizzate Gpkg:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 1 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>29. Numerazione Civica Xml Main:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 1 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>30. Targhe Via Xml Main:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 1 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>31. Uso Del Suolo 2023 Xml Main:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 1 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>32. Aree Verdi Gpkg:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 1 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>33. Uso Del Suolo 2023 Gpkg Main:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 1 download</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>34. Vincoli Paesaggistici Gpkg Boschivo:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 1 download</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Report generato dal sistema di tracciamento Open Data - Comune di Capannoli</w:t>